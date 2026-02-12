--- v0 (2025-10-29)
+++ v1 (2026-02-12)
@@ -30,120 +30,120 @@
   <si>
     <t>Time Point</t>
   </si>
   <si>
     <t>PlannedProductionUnavailability</t>
   </si>
   <si>
     <t>UnplannedProductionUnavailability</t>
   </si>
   <si>
     <t>PlannedConsumptionUnavailability</t>
   </si>
   <si>
     <t>UnplannedConsumptionUnavailability</t>
   </si>
   <si>
     <t>PlannedTransmissionUnavailability</t>
   </si>
   <si>
     <t>UnplannedTransmissionUnavailability</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
-    <t>29-10-2025 : 00:00</t>
-[...68 lines deleted...]
-    <t>29-10-2025 : 23:00</t>
+    <t>13-02-2026 : 00:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 01:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 02:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 03:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 04:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 05:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 06:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 07:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 08:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 09:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 10:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 11:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 12:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 13:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 14:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 15:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 16:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 17:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 18:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 19:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 20:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 21:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 22:00</t>
+  </si>
+  <si>
+    <t>13-02-2026 : 23:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -185,648 +185,648 @@
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C2" s="0">
-        <v>-471.074</v>
+        <v>-315.566</v>
       </c>
       <c r="D2" s="0">
         <v>0</v>
       </c>
       <c r="E2" s="0">
         <v>0</v>
       </c>
       <c r="F2" s="0">
         <v>0</v>
       </c>
       <c r="G2" s="0">
         <v>0</v>
       </c>
       <c r="H2" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C3" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
       <c r="E3" s="0">
         <v>0</v>
       </c>
       <c r="F3" s="0">
         <v>0</v>
       </c>
       <c r="G3" s="0">
         <v>0</v>
       </c>
       <c r="H3" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C4" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
         <v>0</v>
       </c>
       <c r="F4" s="0">
         <v>0</v>
       </c>
       <c r="G4" s="0">
         <v>0</v>
       </c>
       <c r="H4" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C5" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D5" s="0">
         <v>0</v>
       </c>
       <c r="E5" s="0">
         <v>0</v>
       </c>
       <c r="F5" s="0">
         <v>0</v>
       </c>
       <c r="G5" s="0">
         <v>0</v>
       </c>
       <c r="H5" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C6" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D6" s="0">
         <v>0</v>
       </c>
       <c r="E6" s="0">
         <v>0</v>
       </c>
       <c r="F6" s="0">
         <v>0</v>
       </c>
       <c r="G6" s="0">
         <v>0</v>
       </c>
       <c r="H6" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C7" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D7" s="0">
         <v>0</v>
       </c>
       <c r="E7" s="0">
         <v>0</v>
       </c>
       <c r="F7" s="0">
         <v>0</v>
       </c>
       <c r="G7" s="0">
         <v>0</v>
       </c>
       <c r="H7" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C8" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D8" s="0">
         <v>0</v>
       </c>
       <c r="E8" s="0">
         <v>0</v>
       </c>
       <c r="F8" s="0">
         <v>0</v>
       </c>
       <c r="G8" s="0">
         <v>0</v>
       </c>
       <c r="H8" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C9" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D9" s="0">
         <v>0</v>
       </c>
       <c r="E9" s="0">
         <v>0</v>
       </c>
       <c r="F9" s="0">
         <v>0</v>
       </c>
       <c r="G9" s="0">
         <v>0</v>
       </c>
       <c r="H9" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C10" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D10" s="0">
         <v>0</v>
       </c>
       <c r="E10" s="0">
         <v>0</v>
       </c>
       <c r="F10" s="0">
         <v>0</v>
       </c>
       <c r="G10" s="0">
         <v>0</v>
       </c>
       <c r="H10" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C11" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D11" s="0">
         <v>0</v>
       </c>
       <c r="E11" s="0">
         <v>0</v>
       </c>
       <c r="F11" s="0">
         <v>0</v>
       </c>
       <c r="G11" s="0">
         <v>0</v>
       </c>
       <c r="H11" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C12" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D12" s="0">
         <v>0</v>
       </c>
       <c r="E12" s="0">
         <v>0</v>
       </c>
       <c r="F12" s="0">
         <v>0</v>
       </c>
       <c r="G12" s="0">
         <v>0</v>
       </c>
       <c r="H12" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C13" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D13" s="0">
         <v>0</v>
       </c>
       <c r="E13" s="0">
         <v>0</v>
       </c>
       <c r="F13" s="0">
         <v>0</v>
       </c>
       <c r="G13" s="0">
         <v>0</v>
       </c>
       <c r="H13" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C14" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D14" s="0">
         <v>0</v>
       </c>
       <c r="E14" s="0">
         <v>0</v>
       </c>
       <c r="F14" s="0">
         <v>0</v>
       </c>
       <c r="G14" s="0">
         <v>0</v>
       </c>
       <c r="H14" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C15" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D15" s="0">
         <v>0</v>
       </c>
       <c r="E15" s="0">
         <v>0</v>
       </c>
       <c r="F15" s="0">
         <v>0</v>
       </c>
       <c r="G15" s="0">
         <v>0</v>
       </c>
       <c r="H15" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C16" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D16" s="0">
         <v>0</v>
       </c>
       <c r="E16" s="0">
         <v>0</v>
       </c>
       <c r="F16" s="0">
         <v>0</v>
       </c>
       <c r="G16" s="0">
         <v>0</v>
       </c>
       <c r="H16" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C17" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D17" s="0">
         <v>0</v>
       </c>
       <c r="E17" s="0">
         <v>0</v>
       </c>
       <c r="F17" s="0">
         <v>0</v>
       </c>
       <c r="G17" s="0">
         <v>0</v>
       </c>
       <c r="H17" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C18" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D18" s="0">
         <v>0</v>
       </c>
       <c r="E18" s="0">
         <v>0</v>
       </c>
       <c r="F18" s="0">
         <v>0</v>
       </c>
       <c r="G18" s="0">
         <v>0</v>
       </c>
       <c r="H18" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C19" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D19" s="0">
         <v>0</v>
       </c>
       <c r="E19" s="0">
         <v>0</v>
       </c>
       <c r="F19" s="0">
         <v>0</v>
       </c>
       <c r="G19" s="0">
         <v>0</v>
       </c>
       <c r="H19" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C20" s="0">
-        <v>-326.166</v>
+        <v>-159.233</v>
       </c>
       <c r="D20" s="0">
         <v>0</v>
       </c>
       <c r="E20" s="0">
         <v>0</v>
       </c>
       <c r="F20" s="0">
         <v>0</v>
       </c>
       <c r="G20" s="0">
         <v>0</v>
       </c>
       <c r="H20" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C21" s="0">
-        <v>-326.166</v>
+        <v>-156.533</v>
       </c>
       <c r="D21" s="0">
         <v>0</v>
       </c>
       <c r="E21" s="0">
         <v>0</v>
       </c>
       <c r="F21" s="0">
         <v>0</v>
       </c>
       <c r="G21" s="0">
         <v>0</v>
       </c>
       <c r="H21" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C22" s="0">
-        <v>-326.166</v>
+        <v>-156.533</v>
       </c>
       <c r="D22" s="0">
         <v>0</v>
       </c>
       <c r="E22" s="0">
         <v>0</v>
       </c>
       <c r="F22" s="0">
         <v>0</v>
       </c>
       <c r="G22" s="0">
         <v>0</v>
       </c>
       <c r="H22" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C23" s="0">
-        <v>-326.166</v>
+        <v>0</v>
       </c>
       <c r="D23" s="0">
         <v>0</v>
       </c>
       <c r="E23" s="0">
         <v>0</v>
       </c>
       <c r="F23" s="0">
         <v>0</v>
       </c>
       <c r="G23" s="0">
         <v>0</v>
       </c>
       <c r="H23" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C24" s="0">
-        <v>-326.166</v>
+        <v>0</v>
       </c>
       <c r="D24" s="0">
         <v>0</v>
       </c>
       <c r="E24" s="0">
         <v>0</v>
       </c>
       <c r="F24" s="0">
         <v>0</v>
       </c>
       <c r="G24" s="0">
         <v>0</v>
       </c>
       <c r="H24" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="0">
-        <v>-322</v>
+        <v>-535</v>
       </c>
       <c r="C25" s="0">
-        <v>-326.166</v>
+        <v>0</v>
       </c>
       <c r="D25" s="0">
         <v>0</v>
       </c>
       <c r="E25" s="0">
         <v>0</v>
       </c>
       <c r="F25" s="0">
         <v>0</v>
       </c>
       <c r="G25" s="0">
         <v>0</v>
       </c>
       <c r="H25" s="0">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>