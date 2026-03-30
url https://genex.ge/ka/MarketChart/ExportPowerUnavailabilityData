--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -30,120 +30,120 @@
   <si>
     <t>Time Point</t>
   </si>
   <si>
     <t>PlannedProductionUnavailability</t>
   </si>
   <si>
     <t>UnplannedProductionUnavailability</t>
   </si>
   <si>
     <t>PlannedConsumptionUnavailability</t>
   </si>
   <si>
     <t>UnplannedConsumptionUnavailability</t>
   </si>
   <si>
     <t>PlannedTransmissionUnavailability</t>
   </si>
   <si>
     <t>UnplannedTransmissionUnavailability</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
-    <t>13-02-2026 : 00:00</t>
-[...68 lines deleted...]
-    <t>13-02-2026 : 23:00</t>
+    <t>30-03-2026 : 00:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 01:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 02:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 03:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 04:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 05:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 06:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 07:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 08:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 09:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 10:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 11:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 12:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 13:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 14:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 15:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 16:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 17:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 18:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 19:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 20:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 21:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 22:00</t>
+  </si>
+  <si>
+    <t>30-03-2026 : 23:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -185,648 +185,648 @@
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C2" s="0">
-        <v>-315.566</v>
+        <v>-61</v>
       </c>
       <c r="D2" s="0">
         <v>0</v>
       </c>
       <c r="E2" s="0">
         <v>0</v>
       </c>
       <c r="F2" s="0">
         <v>0</v>
       </c>
       <c r="G2" s="0">
         <v>0</v>
       </c>
       <c r="H2" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C3" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D3" s="0">
         <v>0</v>
       </c>
       <c r="E3" s="0">
         <v>0</v>
       </c>
       <c r="F3" s="0">
         <v>0</v>
       </c>
       <c r="G3" s="0">
         <v>0</v>
       </c>
       <c r="H3" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C4" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D4" s="0">
         <v>0</v>
       </c>
       <c r="E4" s="0">
         <v>0</v>
       </c>
       <c r="F4" s="0">
         <v>0</v>
       </c>
       <c r="G4" s="0">
         <v>0</v>
       </c>
       <c r="H4" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C5" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D5" s="0">
         <v>0</v>
       </c>
       <c r="E5" s="0">
         <v>0</v>
       </c>
       <c r="F5" s="0">
         <v>0</v>
       </c>
       <c r="G5" s="0">
         <v>0</v>
       </c>
       <c r="H5" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C6" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D6" s="0">
         <v>0</v>
       </c>
       <c r="E6" s="0">
         <v>0</v>
       </c>
       <c r="F6" s="0">
         <v>0</v>
       </c>
       <c r="G6" s="0">
         <v>0</v>
       </c>
       <c r="H6" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B7" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C7" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D7" s="0">
         <v>0</v>
       </c>
       <c r="E7" s="0">
         <v>0</v>
       </c>
       <c r="F7" s="0">
         <v>0</v>
       </c>
       <c r="G7" s="0">
         <v>0</v>
       </c>
       <c r="H7" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B8" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C8" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D8" s="0">
         <v>0</v>
       </c>
       <c r="E8" s="0">
         <v>0</v>
       </c>
       <c r="F8" s="0">
         <v>0</v>
       </c>
       <c r="G8" s="0">
         <v>0</v>
       </c>
       <c r="H8" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C9" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D9" s="0">
         <v>0</v>
       </c>
       <c r="E9" s="0">
         <v>0</v>
       </c>
       <c r="F9" s="0">
         <v>0</v>
       </c>
       <c r="G9" s="0">
         <v>0</v>
       </c>
       <c r="H9" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C10" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D10" s="0">
         <v>0</v>
       </c>
       <c r="E10" s="0">
         <v>0</v>
       </c>
       <c r="F10" s="0">
         <v>0</v>
       </c>
       <c r="G10" s="0">
         <v>0</v>
       </c>
       <c r="H10" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C11" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D11" s="0">
         <v>0</v>
       </c>
       <c r="E11" s="0">
         <v>0</v>
       </c>
       <c r="F11" s="0">
         <v>0</v>
       </c>
       <c r="G11" s="0">
         <v>0</v>
       </c>
       <c r="H11" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C12" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D12" s="0">
         <v>0</v>
       </c>
       <c r="E12" s="0">
         <v>0</v>
       </c>
       <c r="F12" s="0">
         <v>0</v>
       </c>
       <c r="G12" s="0">
         <v>0</v>
       </c>
       <c r="H12" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C13" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D13" s="0">
         <v>0</v>
       </c>
       <c r="E13" s="0">
         <v>0</v>
       </c>
       <c r="F13" s="0">
         <v>0</v>
       </c>
       <c r="G13" s="0">
         <v>0</v>
       </c>
       <c r="H13" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C14" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D14" s="0">
         <v>0</v>
       </c>
       <c r="E14" s="0">
         <v>0</v>
       </c>
       <c r="F14" s="0">
         <v>0</v>
       </c>
       <c r="G14" s="0">
         <v>0</v>
       </c>
       <c r="H14" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C15" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D15" s="0">
         <v>0</v>
       </c>
       <c r="E15" s="0">
         <v>0</v>
       </c>
       <c r="F15" s="0">
         <v>0</v>
       </c>
       <c r="G15" s="0">
         <v>0</v>
       </c>
       <c r="H15" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B16" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C16" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D16" s="0">
         <v>0</v>
       </c>
       <c r="E16" s="0">
         <v>0</v>
       </c>
       <c r="F16" s="0">
         <v>0</v>
       </c>
       <c r="G16" s="0">
         <v>0</v>
       </c>
       <c r="H16" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B17" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C17" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D17" s="0">
         <v>0</v>
       </c>
       <c r="E17" s="0">
         <v>0</v>
       </c>
       <c r="F17" s="0">
         <v>0</v>
       </c>
       <c r="G17" s="0">
         <v>0</v>
       </c>
       <c r="H17" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C18" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D18" s="0">
         <v>0</v>
       </c>
       <c r="E18" s="0">
         <v>0</v>
       </c>
       <c r="F18" s="0">
         <v>0</v>
       </c>
       <c r="G18" s="0">
         <v>0</v>
       </c>
       <c r="H18" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B19" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C19" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D19" s="0">
         <v>0</v>
       </c>
       <c r="E19" s="0">
         <v>0</v>
       </c>
       <c r="F19" s="0">
         <v>0</v>
       </c>
       <c r="G19" s="0">
         <v>0</v>
       </c>
       <c r="H19" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C20" s="0">
-        <v>-159.233</v>
+        <v>-61</v>
       </c>
       <c r="D20" s="0">
         <v>0</v>
       </c>
       <c r="E20" s="0">
         <v>0</v>
       </c>
       <c r="F20" s="0">
         <v>0</v>
       </c>
       <c r="G20" s="0">
         <v>0</v>
       </c>
       <c r="H20" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C21" s="0">
-        <v>-156.533</v>
+        <v>-61</v>
       </c>
       <c r="D21" s="0">
         <v>0</v>
       </c>
       <c r="E21" s="0">
         <v>0</v>
       </c>
       <c r="F21" s="0">
         <v>0</v>
       </c>
       <c r="G21" s="0">
         <v>0</v>
       </c>
       <c r="H21" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C22" s="0">
-        <v>-156.533</v>
+        <v>-61</v>
       </c>
       <c r="D22" s="0">
         <v>0</v>
       </c>
       <c r="E22" s="0">
         <v>0</v>
       </c>
       <c r="F22" s="0">
         <v>0</v>
       </c>
       <c r="G22" s="0">
         <v>0</v>
       </c>
       <c r="H22" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C23" s="0">
-        <v>0</v>
+        <v>-61</v>
       </c>
       <c r="D23" s="0">
         <v>0</v>
       </c>
       <c r="E23" s="0">
         <v>0</v>
       </c>
       <c r="F23" s="0">
         <v>0</v>
       </c>
       <c r="G23" s="0">
         <v>0</v>
       </c>
       <c r="H23" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B24" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C24" s="0">
-        <v>0</v>
+        <v>-61</v>
       </c>
       <c r="D24" s="0">
         <v>0</v>
       </c>
       <c r="E24" s="0">
         <v>0</v>
       </c>
       <c r="F24" s="0">
         <v>0</v>
       </c>
       <c r="G24" s="0">
         <v>0</v>
       </c>
       <c r="H24" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="0">
-        <v>-535</v>
+        <v>-1884</v>
       </c>
       <c r="C25" s="0">
-        <v>0</v>
+        <v>-61</v>
       </c>
       <c r="D25" s="0">
         <v>0</v>
       </c>
       <c r="E25" s="0">
         <v>0</v>
       </c>
       <c r="F25" s="0">
         <v>0</v>
       </c>
       <c r="G25" s="0">
         <v>0</v>
       </c>
       <c r="H25" s="0">
-        <v>0</v>
+        <v>144.43</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>